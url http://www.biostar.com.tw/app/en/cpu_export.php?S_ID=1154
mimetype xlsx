--- v0 (2026-01-23)
+++ v1 (2026-03-14)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
  <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
  <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
  <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="CPU Support" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
   <si>
     <t>B650MS2-E    PCB 6.0</t>
   </si>
   <si>
     <t>Socket</t>
   </si>
   <si>
     <t>Processor</t>
   </si>
   <si>
     <t>Processor Model</t>
   </si>
   <si>
     <t>Frequency</t>
   </si>
   <si>
     <t>GPU Frequency</t>
   </si>
   <si>
     <t>Core Name</t>
   </si>
   <si>
     <t>Watts</t>
   </si>
   <si>
@@ -162,50 +162,53 @@
     <t>PRO 8700GE</t>
   </si>
   <si>
     <t>3.6 GHz</t>
   </si>
   <si>
     <t>2700 MHz</t>
   </si>
   <si>
     <t>Phoenix 1</t>
   </si>
   <si>
     <t>35W</t>
   </si>
   <si>
     <t>PRO 8700G</t>
   </si>
   <si>
     <t>2900 MHz</t>
   </si>
   <si>
     <t>PRO 7745</t>
   </si>
   <si>
     <t>3.8 GHz</t>
+  </si>
+  <si>
+    <t>9850X3D</t>
   </si>
   <si>
     <t>9800X3D</t>
   </si>
   <si>
     <t>B65HQB06.BSS</t>
   </si>
   <si>
     <t>2024/11/06</t>
   </si>
   <si>
     <t>9700X</t>
   </si>
   <si>
     <t>8700G</t>
   </si>
   <si>
     <t>8700F</t>
   </si>
   <si>
     <t>4.1 GHz</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
@@ -664,51 +667,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I42"/>
+  <dimension ref="A1:I43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" s="2" t="s">
@@ -1108,816 +1111,839 @@
       </c>
       <c r="G15" t="s">
         <v>16</v>
       </c>
       <c r="H15" t="s">
         <v>17</v>
       </c>
       <c r="I15" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>10</v>
       </c>
       <c r="B16" t="s">
         <v>39</v>
       </c>
       <c r="C16" t="s">
         <v>49</v>
       </c>
       <c r="D16" t="s">
         <v>37</v>
       </c>
       <c r="E16" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F16" t="s">
         <v>22</v>
       </c>
       <c r="G16" t="s">
         <v>29</v>
       </c>
-      <c r="H16" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>10</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="D17" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="E17" t="s">
         <v>14</v>
       </c>
       <c r="F17" t="s">
         <v>22</v>
       </c>
       <c r="G17" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="H17" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="I17" t="s">
-        <v>25</v>
+        <v>52</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>10</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18" t="s">
         <v>53</v>
       </c>
       <c r="D18" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>14</v>
       </c>
       <c r="F18" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="G18" t="s">
         <v>16</v>
       </c>
       <c r="H18" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I18" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>10</v>
       </c>
       <c r="B19" t="s">
         <v>39</v>
       </c>
       <c r="C19" t="s">
         <v>54</v>
       </c>
       <c r="D19" t="s">
-        <v>55</v>
+        <v>32</v>
       </c>
       <c r="E19" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="F19" t="s">
         <v>43</v>
       </c>
       <c r="G19" t="s">
         <v>16</v>
       </c>
       <c r="H19" t="s">
         <v>17</v>
       </c>
       <c r="I19" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>10</v>
       </c>
       <c r="B20" t="s">
         <v>39</v>
       </c>
       <c r="C20" t="s">
+        <v>55</v>
+      </c>
+      <c r="D20" t="s">
+        <v>56</v>
+      </c>
+      <c r="E20" t="s">
         <v>57</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="G20" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="H20" t="s">
         <v>17</v>
       </c>
       <c r="I20" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>10</v>
       </c>
       <c r="B21" t="s">
         <v>39</v>
       </c>
       <c r="C21" t="s">
         <v>58</v>
       </c>
       <c r="D21" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="E21" t="s">
         <v>14</v>
       </c>
       <c r="F21" t="s">
         <v>15</v>
       </c>
       <c r="G21" t="s">
-        <v>59</v>
+        <v>29</v>
       </c>
       <c r="H21" t="s">
         <v>17</v>
       </c>
       <c r="I21" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>10</v>
       </c>
       <c r="B22" t="s">
         <v>39</v>
       </c>
       <c r="C22" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="D22" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="E22" t="s">
         <v>14</v>
       </c>
       <c r="F22" t="s">
         <v>15</v>
       </c>
       <c r="G22" t="s">
-        <v>16</v>
+        <v>60</v>
       </c>
       <c r="H22" t="s">
         <v>17</v>
       </c>
       <c r="I22" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>10</v>
       </c>
       <c r="B23" t="s">
+        <v>39</v>
+      </c>
+      <c r="C23" t="s">
         <v>61</v>
       </c>
-      <c r="C23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D23" t="s">
-        <v>63</v>
+        <v>48</v>
       </c>
       <c r="E23" t="s">
-        <v>64</v>
+        <v>14</v>
       </c>
       <c r="F23" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="G23" t="s">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="H23" t="s">
         <v>17</v>
       </c>
       <c r="I23" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>10</v>
       </c>
       <c r="B24" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C24" t="s">
+        <v>63</v>
+      </c>
+      <c r="D24" t="s">
+        <v>64</v>
+      </c>
+      <c r="E24" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
       <c r="F24" t="s">
         <v>43</v>
       </c>
       <c r="G24" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
       <c r="H24" t="s">
         <v>17</v>
       </c>
       <c r="I24" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>10</v>
       </c>
       <c r="B25" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C25" t="s">
+        <v>66</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
         <v>67</v>
       </c>
-      <c r="D25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F25" t="s">
-        <v>69</v>
+        <v>43</v>
       </c>
       <c r="G25" t="s">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="H25" t="s">
         <v>17</v>
       </c>
       <c r="I25" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>10</v>
       </c>
       <c r="B26" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C26" t="s">
+        <v>68</v>
+      </c>
+      <c r="D26" t="s">
+        <v>69</v>
+      </c>
+      <c r="E26" t="s">
+        <v>67</v>
+      </c>
+      <c r="F26" t="s">
         <v>70</v>
       </c>
-      <c r="D26" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G26" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
       <c r="H26" t="s">
         <v>17</v>
       </c>
       <c r="I26" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>10</v>
       </c>
       <c r="B27" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C27" t="s">
+        <v>71</v>
+      </c>
+      <c r="D27" t="s">
         <v>72</v>
       </c>
-      <c r="D27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E27" t="s">
-        <v>14</v>
+        <v>67</v>
       </c>
       <c r="F27" t="s">
-        <v>15</v>
+        <v>70</v>
       </c>
       <c r="G27" t="s">
         <v>16</v>
       </c>
       <c r="H27" t="s">
         <v>17</v>
       </c>
       <c r="I27" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>10</v>
       </c>
       <c r="B28" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C28" t="s">
         <v>73</v>
       </c>
       <c r="D28" t="s">
-        <v>63</v>
+        <v>48</v>
       </c>
       <c r="E28" t="s">
         <v>14</v>
       </c>
       <c r="F28" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G28" t="s">
         <v>16</v>
       </c>
       <c r="H28" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="I28" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>10</v>
       </c>
       <c r="B29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C29" t="s">
         <v>74</v>
       </c>
       <c r="D29" t="s">
-        <v>48</v>
+        <v>64</v>
       </c>
       <c r="E29" t="s">
-        <v>56</v>
+        <v>14</v>
       </c>
       <c r="F29" t="s">
         <v>22</v>
       </c>
       <c r="G29" t="s">
         <v>16</v>
       </c>
       <c r="H29" t="s">
-        <v>75</v>
+        <v>24</v>
       </c>
       <c r="I29" t="s">
-        <v>76</v>
+        <v>25</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>10</v>
       </c>
       <c r="B30" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C30" t="s">
+        <v>75</v>
+      </c>
+      <c r="D30" t="s">
+        <v>48</v>
+      </c>
+      <c r="E30" t="s">
+        <v>57</v>
+      </c>
+      <c r="F30" t="s">
+        <v>22</v>
+      </c>
+      <c r="G30" t="s">
+        <v>16</v>
+      </c>
+      <c r="H30" t="s">
+        <v>76</v>
+      </c>
+      <c r="I30" t="s">
         <v>77</v>
-      </c>
-[...16 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>10</v>
       </c>
       <c r="B31" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C31" t="s">
         <v>78</v>
       </c>
       <c r="D31" t="s">
-        <v>68</v>
+        <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F31" t="s">
-        <v>69</v>
+        <v>43</v>
       </c>
       <c r="G31" t="s">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="H31" t="s">
         <v>17</v>
       </c>
       <c r="I31" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>10</v>
       </c>
       <c r="B32" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C32" t="s">
         <v>79</v>
       </c>
       <c r="D32" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="E32" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F32" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G32" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
       <c r="H32" t="s">
         <v>17</v>
       </c>
       <c r="I32" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>10</v>
       </c>
       <c r="B33" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C33" t="s">
         <v>80</v>
       </c>
       <c r="D33" t="s">
-        <v>32</v>
+        <v>72</v>
       </c>
       <c r="E33" t="s">
-        <v>56</v>
+        <v>67</v>
       </c>
       <c r="F33" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G33" t="s">
         <v>16</v>
       </c>
       <c r="H33" t="s">
         <v>17</v>
       </c>
       <c r="I33" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>10</v>
       </c>
       <c r="B34" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C34" t="s">
         <v>81</v>
       </c>
       <c r="D34" t="s">
-        <v>55</v>
+        <v>32</v>
       </c>
       <c r="E34" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F34" t="s">
-        <v>15</v>
+        <v>70</v>
       </c>
       <c r="G34" t="s">
         <v>16</v>
       </c>
       <c r="H34" t="s">
         <v>17</v>
       </c>
       <c r="I34" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>10</v>
       </c>
       <c r="B35" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C35" t="s">
         <v>82</v>
       </c>
       <c r="D35" t="s">
-        <v>37</v>
+        <v>56</v>
       </c>
       <c r="E35" t="s">
         <v>14</v>
       </c>
       <c r="F35" t="s">
         <v>15</v>
       </c>
       <c r="G35" t="s">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="H35" t="s">
         <v>17</v>
       </c>
       <c r="I35" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>10</v>
       </c>
       <c r="B36" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C36" t="s">
         <v>83</v>
       </c>
       <c r="D36" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="E36" t="s">
         <v>14</v>
       </c>
       <c r="F36" t="s">
         <v>15</v>
       </c>
       <c r="G36" t="s">
-        <v>16</v>
+        <v>60</v>
       </c>
       <c r="H36" t="s">
         <v>17</v>
       </c>
       <c r="I36" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>10</v>
       </c>
       <c r="B37" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C37" t="s">
         <v>84</v>
       </c>
       <c r="D37" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="E37" t="s">
-        <v>56</v>
+        <v>14</v>
       </c>
       <c r="F37" t="s">
         <v>15</v>
       </c>
       <c r="G37" t="s">
         <v>16</v>
       </c>
       <c r="H37" t="s">
         <v>17</v>
       </c>
       <c r="I37" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>10</v>
       </c>
       <c r="B38" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C38" t="s">
         <v>85</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F38" t="s">
         <v>15</v>
       </c>
       <c r="G38" t="s">
         <v>16</v>
       </c>
       <c r="H38" t="s">
-        <v>86</v>
+        <v>17</v>
       </c>
       <c r="I38" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>10</v>
       </c>
       <c r="B39" t="s">
+        <v>62</v>
+      </c>
+      <c r="C39" t="s">
+        <v>86</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>57</v>
+      </c>
+      <c r="F39" t="s">
+        <v>15</v>
+      </c>
+      <c r="G39" t="s">
+        <v>16</v>
+      </c>
+      <c r="H39" t="s">
+        <v>87</v>
+      </c>
+      <c r="I39" t="s">
         <v>88</v>
-      </c>
-[...19 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>10</v>
       </c>
       <c r="B40" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C40" t="s">
         <v>90</v>
       </c>
       <c r="D40" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="E40" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F40" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G40" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
       <c r="H40" t="s">
         <v>17</v>
       </c>
       <c r="I40" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>10</v>
       </c>
       <c r="B41" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C41" t="s">
         <v>91</v>
       </c>
       <c r="D41" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="E41" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F41" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G41" t="s">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="H41" t="s">
         <v>17</v>
       </c>
       <c r="I41" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>10</v>
       </c>
       <c r="B42" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C42" t="s">
         <v>92</v>
       </c>
       <c r="D42" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="E42" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F42" t="s">
+        <v>70</v>
+      </c>
+      <c r="G42" t="s">
+        <v>44</v>
+      </c>
+      <c r="H42" t="s">
+        <v>17</v>
+      </c>
+      <c r="I42" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="A43" t="s">
+        <v>10</v>
+      </c>
+      <c r="B43" t="s">
+        <v>89</v>
+      </c>
+      <c r="C43" t="s">
+        <v>93</v>
+      </c>
+      <c r="D43" t="s">
         <v>69</v>
       </c>
-      <c r="G42" t="s">
-[...5 lines deleted...]
-      <c r="I42" t="s">
+      <c r="E43" t="s">
+        <v>65</v>
+      </c>
+      <c r="F43" t="s">
+        <v>70</v>
+      </c>
+      <c r="G43" t="s">
+        <v>16</v>
+      </c>
+      <c r="H43" t="s">
+        <v>17</v>
+      </c>
+      <c r="I43" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="landscape" fitToHeight="0" fitToWidth="0"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>